--- v0 (2025-11-13)
+++ v1 (2026-02-12)
@@ -7,869 +7,884 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="285">
   <si>
     <t xml:space="preserve">3B sports and culture, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Bryksova 1002/20</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 9 - Černý Most</t>
   </si>
   <si>
     <t xml:space="preserve">19800</t>
   </si>
   <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49. přední hlídka Royal Rangers Praha 9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stoliňská 2502/41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Horní Počernice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Akademie Be Free, z.ú.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Římovská 1029/21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Hloubětín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asociace Český Gymnathlon, z.s. - Centrum Mateřství Anahita Černý Most</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Skorkovská 1511</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asociace Český Gymnathlon, z.s. - Plechárna Černý most</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bryksova 1002/20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asociace Český Gymnathlon, z.s. - ZŠ Chvaletická</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chvaletická 918/3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asociace Český Gymnathlon, z.s. - ZŠ Generála Janouška</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dygrýnova 1006/21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Asociace Český Gymnathlon, z.s. - ZŠ Šimanovská</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Šimanovská 16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Berukroužky - ZŠ Bratří Venclíků</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bratří Venclíků 1140/1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">49. přední hlídka Royal Rangers Praha 9</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">Římovská 1029/21</t>
+    <t xml:space="preserve">Berukroužky - ZŠ Hloubětín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 700/24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOGI SPORT Praha klub, z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Za černým mostem 362/3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Capoeira Mandela Praha, z. s. - Volnočasové centrum H55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 1138/5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 14 - Hloubětín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cheer Academy, z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vlčkova 1063/4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Černý Most</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dětské studio Pohádka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bobkova 777/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Černý Most</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dům dětí a mládeže Praha 9 - pracoviště Černý Most</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Generála Janouška 1060/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rekreace a Kultura, Vzdělávání, Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fit studio D, z. s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vybíralova 936/27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Černý Most</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fotbal pro děti, z.s. - fotbalový kroužek při ZŠ Hloubětín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fotbal pro děti, z.s. - fotbalový kroužek při ZŠ Vybíralova</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vybíralova 8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">future kids s.r.o.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bulharská 1401/38</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 10 - Vršovice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Grit &amp; Grind z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mochovská 570/41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hudba pro radost z.s. - Volnočasové centrum H55</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 1138/5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 14 - Hloubětín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ivana Hadek Lovasová</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 1138/5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jazyková škola Rybička</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Klánovická 485</t>
   </si>
   <si>
     <t xml:space="preserve">Praha 9 - Hloubětín</t>
   </si>
   <si>
     <t xml:space="preserve">19800</t>
   </si>
   <si>
-    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Za černým mostem 362/3</t>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jazyková škola Siokasi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maršovská 800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 14 - Kyje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jazyková škola Siokasi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Poděbradská 141/122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Judo club Kidsport, z.s. - ZŠ Hloubětín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 700/24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Krpalek Academy z. s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 1156</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Hloubětín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Logiscool ZŠ Šimanovská</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Šimanovská 16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Kyje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Martin Křáp karate Jahodnice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Travná 161</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Hostavice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLYMP FLORBAL, z.s. - florbalový kroužek ZŠ Šimanovská</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Šimanovská 16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLYMP FLORBAL, z.s. - florbalový kroužek ZŠ Vybíralova</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vybíralova 8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plavecká škola Hloubětín s.r.o.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 80/32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 14 - Hloubětín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pohybový kroužek Tanečky pro děti 3-7let</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 1138/5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prague Tigers - ZŠ Bratří Venclíků</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bratří Venclíků 1140/1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prague Tigers - ZŠ Generála Janouška</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dygrýnova 1006/21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prague Tigers - ZŠ Šimanovská</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Šimanovská 16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prague Tigers - ZŠ Vybíralova</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vybíralova 964/8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 14</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SK SHOTOKAN NERATOVICE, z. s. - hala bazénu Hloubětín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sonkal - Taekwon-Do ITF, tělocvična v bezpečnostně právní akademii</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 78</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sonkal - ZŠ Vybíralova - Taekwon-Do ITF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vybíralova 8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sportovní a plavecký areál Hloubětín</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hloubětínská 80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sportovní klub Spectrum Praha z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bratří Venclíků 1140/1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Černý Most</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Studio Kytka s.r.o.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mílovská 513</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">19800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Cheer Academy, z.s.</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Praha 9 - Černý Most</t>
+    <t xml:space="preserve">Tenisová škola Tallent - ZŠ Tolerance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mochovská 570/41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">19800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Crocogarden z.s. - Berukroužky, ZŠ Bratří Venclíků</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Bratří Venclíků 1140/1</t>
+    <t xml:space="preserve">Tenisová škola Tallent - ZŠ Vybíralova</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vybíralova 964/8</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">19800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Crocogarden z.s. - Berukroužky, ZŠ Hloubětín</t>
+    <t xml:space="preserve">z.s. TJ SOKOL Jahodnice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bezdrevská 26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha 9 - Hostavice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZŠ Chvaletická - Gymnastika pro děti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chvaletická 918/3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZŠ Chvaletická - Kroužky.cz - Angličtina pro 1. třídu, Angličtina pro 2. třídu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chvaletická 918/3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZŠ Generála Janouška- Top Dance Prague Team</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dygrýnova 1006/21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZŠ Hloubětín - Gymnastika pro děti</t>
   </si>
   <si>
     <t xml:space="preserve">Hloubětínská 700/24</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">19800</t>
   </si>
   <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZŠ Šimanovská</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Šimanovská 16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZŠ Šimanovská - Kroužky.cz - Taneční kroužek, Divadlo, Sportovky, Jóga, Kreativní tvoření, Věda nás baví</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Šimanovská 16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZŠ Šimanovská - parkur, zohir</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Šimanovská 16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Čtrnáctka centrum volného času - kurz háčkování, kurz čj pro cizince</t>
-[...80 lines deleted...]
-    <t xml:space="preserve">Praha 9 - Černý Most</t>
+    <t xml:space="preserve">ZŠ Šimanovská Praha 9 - Kyje</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Šimanovská 16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">19800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Fotbal pro děti, z.s. - fotbalový kroužek při ZŠ Hloubětín</t>
-[...374 lines deleted...]
-    <t xml:space="preserve">Sonkal - ZŠ Vybíralova - Taekwon-Do ITF</t>
+    <t xml:space="preserve">ZŠ Vybíralova - Gymnastika pro děti</t>
   </si>
   <si>
     <t xml:space="preserve">Vybíralova 964/8</t>
   </si>
   <si>
-    <t xml:space="preserve">Praha 9</t>
-[...53 lines deleted...]
-    <t xml:space="preserve">Tenisová škola Tallent - ZŠ Vybíralova</t>
+    <t xml:space="preserve">Praha</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ZŠ Vybíralová - Kroužky.cz - Hra na kytaru, Věda nás baví</t>
   </si>
   <si>
     <t xml:space="preserve">Vybíralova 964/8</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
-  </si>
-[...178 lines deleted...]
-    <t xml:space="preserve">pRAHA</t>
   </si>
   <si>
     <t xml:space="preserve">19800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">ZŠ Vybíralova - Top Dance Prague Team</t>
   </si>
   <si>
     <t xml:space="preserve">Vybíralova 964/8</t>
   </si>
   <si>
     <t xml:space="preserve">Praha</t>
   </si>
   <si>
     <t xml:space="preserve">19800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
 </sst>
 </file>
 
@@ -1850,43 +1865,60 @@
       </c>
       <c r="D55" s="0" t="s">
         <v>273</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>276</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>277</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>278</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>279</v>
       </c>
     </row>
+    <row r="57" spans="1:5">
+      <c r="A57" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="E57" s="0" t="s">
+        <v>284</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>